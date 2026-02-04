--- v0 (2025-10-23)
+++ v1 (2026-02-04)
@@ -1212,51 +1212,50 @@
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>sausio 15 d. atlieka šiuos veiksmus:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FFBB683" w14:textId="77777777" w:rsidR="00007197" w:rsidRDefault="009B45E9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1415"/>
         </w:tabs>
         <w:spacing w:before="4"/>
         <w:ind w:right="205" w:firstLine="720"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>užpildo darbuotojo veiklos vertinimo metu formos (Aprašo 1 priedas) (toliau – Motyvuoto pasiūlymo forma)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -1560,82 +1559,80 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-15"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>skiltis buvo užpildyta) nurodytus, veiklos lūkesčius;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7695CC74" w14:textId="77777777" w:rsidR="00007197" w:rsidRDefault="009B45E9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1419"/>
         </w:tabs>
         <w:ind w:right="205" w:firstLine="720"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">pagal Aprašo 1 priede nustatytus veiklos rezultatų vertinimo kriterijus įsivertina pasiektus veiklos rezultatus (pildo Motyvuoto pasiūlymo formos II skyrių „Pasiektų rezultatų, vykdant veiklą </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>vertinimas“);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BD16A8F" w14:textId="77777777" w:rsidR="00007197" w:rsidRDefault="009B45E9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1395"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:right="211" w:firstLine="720"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>nurodo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-15"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>riziką,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -1765,51 +1762,50 @@
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">pasiūlymo formos I skyriaus „Pasiekti veiklos rezultatai“ skiltį „Rizika, kuriai esant veiklos rezultatai gali būti </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>nepasiekti“);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BF1E9DB" w14:textId="77777777" w:rsidR="00007197" w:rsidRDefault="009B45E9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1497"/>
         </w:tabs>
         <w:spacing w:line="274" w:lineRule="exact"/>
         <w:ind w:left="1497" w:hanging="517"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>pateikia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="53"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>tiesioginiam</w:t>
       </w:r>
       <w:r>
@@ -2664,51 +2660,50 @@
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>darbuotoju:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A54EC38" w14:textId="77777777" w:rsidR="00007197" w:rsidRDefault="009B45E9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1401"/>
         </w:tabs>
         <w:spacing w:line="275" w:lineRule="exact"/>
         <w:ind w:left="1401" w:hanging="421"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>aptaria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Aprašo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2767,75 +2762,73 @@
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>rezultatus;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66F6FAEE" w14:textId="77777777" w:rsidR="00007197" w:rsidRDefault="009B45E9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1458"/>
         </w:tabs>
         <w:spacing w:before="2"/>
         <w:ind w:right="210" w:firstLine="720"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>atsižvelgdamas į įstaigos nustatytas užduotis, įstaigos strateginio veiklos plano tikslus, uždavinius ar priemones ir įstaigos metinio veiklos plano priemones, įvertinęs darbuotojo pareigybės aprašyme nustatytas funkcijas, aptaria darbuotojo veiklos lūkesčius einamaisiais metais, taip pat pagrindinius einamųjų metų veiklos lūkesčius, kuriuos nusprendžiama aprašyti Motyvuoto pasiūlymo formos I skyriaus „Pasiekti veiklos rezultatai“ skiltyje „Pagrindiniai einamųjų metų veiklos lūkesčiai“, taip pat aptaria Aprašo 1 priede nustatytus veiklos rezultatų vertinimo kriterijus;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C056D74" w14:textId="77777777" w:rsidR="00007197" w:rsidRDefault="009B45E9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1405"/>
         </w:tabs>
         <w:spacing w:before="3" w:line="237" w:lineRule="auto"/>
         <w:ind w:right="209" w:firstLine="720"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>įvertinęs</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>darbuotojo pateiktus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2880,51 +2873,50 @@
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>rezultatai, gali būti nepasiekti;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6744D1AE" w14:textId="77777777" w:rsidR="00007197" w:rsidRDefault="009B45E9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1401"/>
         </w:tabs>
         <w:spacing w:before="3" w:line="275" w:lineRule="exact"/>
         <w:ind w:left="1401" w:hanging="421"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>aptaria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>darbuotojo karjeros</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3393,51 +3385,50 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>dėl įstaigos vadovo vertinimo formą, kurioje:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EACB394" w14:textId="77777777" w:rsidR="00007197" w:rsidRDefault="009B45E9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1434"/>
         </w:tabs>
         <w:ind w:right="202" w:firstLine="720"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>prireikus patikslina Motyvuoto pasiūlymo formos I skyriaus „Pasiekti veiklos rezultatai“ skiltyje „Pagrindiniai praėjusių ar einamųjų metų veiklos rezultatai“ darbuotojo nurodytus (aprašytus) veiklos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>rezultatus,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3547,98 +3538,95 @@
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>einamųjų metų veiklos lūkesčius, užpildo Motyvuoto pasiūlymo formos I skyriaus „Pasiekti veiklos rezultatai“ neprivalomą pildyti skiltį „Pagrindiniai einamųjų metų veiklos lūkesčiai“, gali patikslinti riziką, kuriai esant veiklos rezultatai gali būti nepasiekti;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22722862" w14:textId="77777777" w:rsidR="00007197" w:rsidRDefault="009B45E9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1458"/>
         </w:tabs>
         <w:spacing w:line="242" w:lineRule="auto"/>
         <w:ind w:right="199" w:firstLine="720"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>įrašo pasiektų rezultatų, vykdant veiklą, vertinimą, o jeigu jo ir darbuotojo vertinimai nesutampa, gali įrašyti komentarus;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1083F57F" w14:textId="77777777" w:rsidR="00007197" w:rsidRDefault="009B45E9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1429"/>
         </w:tabs>
         <w:spacing w:line="242" w:lineRule="auto"/>
         <w:ind w:right="215" w:firstLine="720"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>įrašo darbuotojo veiklos įvertinimą (viršija lūkesčius, atitinka lūkesčius, iš dalies atitinka lūkesčius, neatitinka lūkesčių);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="316DBDF6" w14:textId="77777777" w:rsidR="00007197" w:rsidRDefault="009B45E9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1396"/>
         </w:tabs>
         <w:ind w:right="207" w:firstLine="720"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>įrašo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>atitinkamai</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -7504,51 +7492,50 @@
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>dėl Motyvuoto pasiūlymo formą, kurioje:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10FCC6E2" w14:textId="77777777" w:rsidR="00007197" w:rsidRDefault="009B45E9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1564"/>
         </w:tabs>
         <w:spacing w:line="271" w:lineRule="exact"/>
         <w:ind w:left="1564" w:hanging="584"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>prireikus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="34"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>patikslina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -7694,51 +7681,50 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>rezultatus;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12FFA507" w14:textId="77777777" w:rsidR="00007197" w:rsidRDefault="009B45E9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1515"/>
         </w:tabs>
         <w:spacing w:line="242" w:lineRule="auto"/>
         <w:ind w:right="199" w:firstLine="720"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>įrašo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-11"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>pasiektų</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -7887,74 +7873,72 @@
         <w:rPr>
           <w:spacing w:val="-15"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>įrašyti komentarus, jeigu jo ir darbuotojo vertinimai nesutampa;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="746AB643" w14:textId="77777777" w:rsidR="00007197" w:rsidRDefault="009B45E9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1569"/>
         </w:tabs>
         <w:spacing w:line="242" w:lineRule="auto"/>
         <w:ind w:right="209" w:firstLine="720"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>įrašo darbuotojo veiklos įvertinimą (viršijanti lūkesčius, atitinkanti lūkesčius, iš dalies atitinkanti lūkesčius, neatitinkanti lūkesčių), atsižvelgdamas į pasiektus rezultatus;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CDF1570" w14:textId="77777777" w:rsidR="00007197" w:rsidRDefault="009B45E9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1516"/>
         </w:tabs>
         <w:ind w:right="213" w:firstLine="720"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>įrašo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>vieną</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -9626,88 +9610,86 @@
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>vertindamas:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51FCC059" w14:textId="77777777" w:rsidR="00007197" w:rsidRDefault="009B45E9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1539"/>
         </w:tabs>
         <w:spacing w:before="3"/>
         <w:ind w:right="206" w:firstLine="720"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>veiklos įvertinimo objektyvumą ir pagrįstumą, vertina pasiektus rezultatus pagal aptartus veiklos lūkesčius arba pagal Susitarimą, kompetenciją (jeigu buvo atliktas kasmetinis veiklos vertinimas), taip pat vertina veiklos gerinimo plano (jeigu jis buvo sudarytas) vykdymo rezultatus;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="686BEA1A" w14:textId="77777777" w:rsidR="00007197" w:rsidRDefault="00007197">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="00007197">
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1140" w:right="360" w:bottom="280" w:left="1440" w:header="766" w:footer="0" w:gutter="0"/>
           <w:cols w:space="1296"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0F00C423" w14:textId="77777777" w:rsidR="00007197" w:rsidRDefault="009B45E9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1597"/>
         </w:tabs>
         <w:spacing w:before="114"/>
         <w:ind w:right="211" w:firstLine="720"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Darbuotojo veiklos įvertinimo objektyvumą ir pagrįstumą, vertina pasiektus veiklos rezultatus, kompetenciją (jeigu buvo atliktas kasmetinis veiklos vertinimas), taip pat veiklos gerinimo plano (jeigu jis buvo sudarytas) vykdymo rezultatus.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B711A47" w14:textId="77777777" w:rsidR="00007197" w:rsidRDefault="009B45E9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1363"/>
         </w:tabs>
         <w:spacing w:before="3"/>
         <w:ind w:right="213" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -16801,51 +16783,51 @@
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="639D388F" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Textbox 5" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:85.2pt;margin-top:14.45pt;width:481.65pt;height:32.45pt;z-index:-15727616;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC5jIcDwgEAAH4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNElFKzZquoKtFiGt&#10;AGmXD3Acu7FwPMbjNunfM3bTdgU3RA7OOPP8PO/NZHM/DZYdVUADruHVouRMOQmdcfuG/3h5fPeB&#10;M4zCdcKCUw0/KeT327dvNqOv1RJ6sJ0KjEgc1qNveB+jr4sCZa8GgQvwylFSQxhEpG3YF10QI7EP&#10;tliW5boYIXQ+gFSI9HV3TvJt5tdayfhNa1SR2YZTbTGvIa9tWovtRtT7IHxv5FyG+IcqBmEcXXql&#10;2oko2CGYv6gGIwMg6LiQMBSgtZEqayA1VfmHmudeeJW1kDnorzbh/6OVX4/P/ntgcfoEEzUwi0D/&#10;BPInkjfF6LGeMclTrJHQSeikw5DeJIHRQfL2dPVTTZFJ+riuqvXdasWZpNz7allVq2R4cTvtA8bP&#10;CgaWgoYH6leuQByfMJ6hF0i6zDo2Em15tzrXCdZ0j8balMOwbx9sYEeRWp2f+TJ8DUt0O4H9GZdT&#10;M8y6We9ZYhIbp3aiKlLYQncin0YalYbjr4MIijP7xVEv0lxdgnAJ2ksQon2APH2pSgcfDxG0yeJu&#10;vPPN1ORszzyQaYpe7zPq9ttsfwMAAP//AwBQSwMEFAAGAAgAAAAhAMx3RqLiAAAACgEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SGxQazepaBriVIjHgkUFtIW1Gw9JhD2OYrdJ+Xrc&#10;FSyv5ujeM8VqtIYdsfetIwmzqQCGVDndUi1ht32eZMB8UKSVcYQSTuhhVV5eFCrXbqB3PG5CzWIJ&#10;+VxJaELocs591aBVfuo6pHj7cr1VIca+5rpXQyy3hidC3HKrWooLjerwocHqe3OwEtbhsffmczi9&#10;Pf28vH7Mb6pkJ7yU11fj/R2wgGP4g+GsH9WhjE57dyDtmYl5IeYRlZBkS2BnYJamC2B7Ccs0A14W&#10;/P8L5S8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAuYyHA8IBAAB+AwAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAzHdGouIAAAAKAQAADwAAAAAA&#10;AAAAAAAAAAAcBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAACsFAAAAAA==&#10;" filled="f" strokeweight=".16931mm">
                 <v:path arrowok="t"/>
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="7717C297" w14:textId="77777777" w:rsidR="00007197" w:rsidRDefault="009B45E9">
                       <w:pPr>
-                        <w:pStyle w:val="BodyText"/>
+                        <w:pStyle w:val="Pagrindinistekstas"/>
                         <w:spacing w:line="276" w:lineRule="auto"/>
                         <w:ind w:left="105" w:right="104"/>
                         <w:jc w:val="left"/>
                       </w:pPr>
                       <w:r>
                         <w:t>Tiesioginio</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:spacing w:val="-15"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:t>vadovo</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:spacing w:val="-15"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:t>komentaras</w:t>
                       </w:r>
@@ -20893,50 +20875,605 @@
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7037E721" w14:textId="77777777" w:rsidR="00007197" w:rsidRDefault="00007197">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="5F3EF14B" w14:textId="77777777" w:rsidR="008E6646" w:rsidRDefault="008E6646" w:rsidP="008E6646">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15537483" w14:textId="77777777" w:rsidR="008E6646" w:rsidRDefault="008E6646" w:rsidP="008E6646">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="285D7EDE" w14:textId="07E5FC9E" w:rsidR="008E6646" w:rsidRPr="008E6646" w:rsidRDefault="008E6646" w:rsidP="008E6646">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6646">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Darbuotoją į pareigas priimančio</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FE64957" w14:textId="07168C21" w:rsidR="008E6646" w:rsidRDefault="008E6646" w:rsidP="008E6646">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6646">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>asmens ar jo įgalioto asmens pareigos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6646">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(Parašas)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6646">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6646">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Vardas ir pavardė) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D5CA398" w14:textId="77777777" w:rsidR="008E6646" w:rsidRDefault="008E6646" w:rsidP="008E6646">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DAF2380" w14:textId="77777777" w:rsidR="008E6646" w:rsidRDefault="008E6646" w:rsidP="008E6646">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25D8D3B5" w14:textId="4CA6FB2F" w:rsidR="008E6646" w:rsidRPr="008E6646" w:rsidRDefault="008E6646" w:rsidP="008E6646">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB28CE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6646">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Susipažinau</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A3E7E0E" w14:textId="0AD90085" w:rsidR="008E6646" w:rsidRPr="008E6646" w:rsidRDefault="008E6646" w:rsidP="008E6646">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6646">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="25ED128C" wp14:editId="0FB0529D">
+                <wp:extent cx="1828800" cy="10160"/>
+                <wp:effectExtent l="9525" t="0" r="9525" b="8890"/>
+                <wp:docPr id="381771387" name="Grupė 27"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1828800" cy="10160"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="18288" cy="101"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="2137689096" name="Graphic 21"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="48"/>
+                            <a:ext cx="18288" cy="12"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst>
+                              <a:gd name="T0" fmla="*/ 0 w 1828800"/>
+                              <a:gd name="T1" fmla="*/ 0 h 1270"/>
+                              <a:gd name="T2" fmla="*/ 1828800 w 1828800"/>
+                              <a:gd name="T3" fmla="*/ 0 h 1270"/>
+                            </a:gdLst>
+                            <a:ahLst/>
+                            <a:cxnLst>
+                              <a:cxn ang="0">
+                                <a:pos x="T0" y="T1"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T2" y="T3"/>
+                              </a:cxn>
+                            </a:cxnLst>
+                            <a:rect l="0" t="0" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="1828800" h="1270">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="1828800" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:noFill/>
+                          <a:ln w="9601">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:solidFill>
+                                  <a:srgbClr val="FFFFFF"/>
+                                </a:solidFill>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="4B53B12F" id="Grupė 27" o:spid="_x0000_s1026" style="width:2in;height:.8pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="18288,101" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB3a8Sj8AIAAPEGAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0OGD1pVmaGHWKoZdg&#10;wC4Fmn2AIssXzJY0SYnTff1IyUmcFAWGLg8GFR6Rh4c0fX2z61qyFcY2SuY0uYgpEZKropFVTn+u&#10;Hj7OKLGOyYK1SoqcPgtLbxbv3133OhOpqlVbCEMgiLRZr3NaO6ezKLK8Fh2zF0oLCc5SmY45OJoq&#10;KgzrIXrXRmkcT6NemUIbxYW18O9dcNKFj1+WgrsfZWmFI21OgZvzT+Ofa3xGi2uWVYbpuuEDDfYG&#10;Fh1rJCQ9hLpjjpGNaV6E6hpulFWlu+Cqi1RZNlz4GqCaJD6rZmnURvtaqqyv9EEmkPZMpzeH5d+3&#10;S6Of9KMJ7MH8qvgvC7pEva6ysR/PVQCTdf9NFdBPtnHKF74rTYchoCSy8/o+H/QVO0c4/JnM0tks&#10;hjZw8CVxMh305zU06cUtXt+P7x1uYc8iloWEnuRACpsOU2SPQtn/E+qpZlp4/S0K8WhIU+Q0TS6v&#10;prN5PJ9SIlkHIiyH+UkT5IYkAL3X1I4FHXkQZkH3f5RyMguzeqLloEl6IgnL+Ma6pVC+H2z71bow&#10;5QVYvsvFwHsFrSi7Fgb+Q0Ri0pN9gwb8HpacwGqSpFf7N+cQKh1hhjCvB7wcgWNyDAhtrfYsWb0n&#10;zndyYA4WYbhZYj9zWlmcGiwDBmrl1YcQgMIyXwEDUQRfDpp5cLg0JDGwNM7XhaEE1sU6tEAzh9ww&#10;B5qkH012DTaqg85ObcVKeZg7m25IePS2coza9wBZepUBGxBgYD4//QcOSH3Ubqkemrb1/WslMptP&#10;48SzsaptCnQiIWuq9W1ryJbhXvS/QY8TGOwfWfhgtWDF/WA71rTB9tT8pgizHIZ/rYpnmGujwraF&#10;rwMYtTJ/KOnhTcmp/b1hRlDSfpHwhs6TyQRXsz9MPl2lcDBjz3rsYZJDqJw6CpOA5q0L63yjTVPV&#10;kCmUK9VnWE1lg7MPS8JmgdVwgCXhLb9XwTpZ3OOzRx2/VIu/AAAA//8DAFBLAwQUAAYACAAAACEA&#10;B89VT9oAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF70L/wzIFb3aTiiXEbEop6qkI&#10;toJ4mybTJDQ7G7LbJP33jl7sZeDxHm++l60n26qBet84NhAvIlDEhSsbrgx8Hl4fElA+IJfYOiYD&#10;V/Kwzmd3GaalG/mDhn2olJSwT9FAHUKXau2Lmiz6heuIxTu53mIQ2Ve67HGUctvqZRSttMWG5UON&#10;HW1rKs77izXwNuK4eYxfht35tL1+H57ev3YxGXM/nzbPoAJN4T8Mv/iCDrkwHd2FS69aAzIk/F3x&#10;lkki8iihFeg807fs+Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAd2vEo/ACAADxBgAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAB89VT9oAAAAD&#10;AQAADwAAAAAAAAAAAAAAAABKBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFEGAAAA&#10;AA==&#10;">
+                <v:shape id="Graphic 21" o:spid="_x0000_s1027" style="position:absolute;top:48;width:18288;height:12;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1828800,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBcgXsmzAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BS8NA&#10;FITvQv/D8gre7CYVY5N2W8QiiBdp2uL1kX3NhmbfxuyaRn+9Kwg9DjPzDbPajLYVA/W+cawgnSUg&#10;iCunG64VHPYvdwsQPiBrbB2Tgm/ysFlPblZYaHfhHQ1lqEWEsC9QgQmhK6T0lSGLfuY64uidXG8x&#10;RNnXUvd4iXDbynmSZNJiw3HBYEfPhqpz+WUV5MPH8WGb/jizb9L3z7fycDTbs1K30/FpCSLQGK7h&#10;//arVjBP7x+zRZ7kGfx9in9Arn8BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78A&#10;AAAVAQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAXIF7JswA&#10;AADjAAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAAAD&#10;AAAAAA==&#10;" path="m,l1828800,e" filled="f" strokeweight=".26669mm">
+                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;18288,0" o:connectangles="0,0"/>
+                </v:shape>
+                <w10:anchorlock/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A769483" w14:textId="726CA29B" w:rsidR="008E6646" w:rsidRPr="008E6646" w:rsidRDefault="00DB28CE" w:rsidP="008E6646">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008E6646">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="008E6646" w:rsidRPr="008E6646">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(darbuotojo parašas)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03B8B119" w14:textId="7949DE13" w:rsidR="008E6646" w:rsidRPr="008E6646" w:rsidRDefault="008E6646" w:rsidP="00DB28CE">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6646">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487599104" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="12ED4D9E" wp14:editId="4A5F7D68">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>1079500</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>160020</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1828800" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="452374489" name="Laisva forma: figūra 26"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1828800" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="1828800">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="1828800" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="9601">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="22F446E4" id="Laisva forma: figūra 26" o:spid="_x0000_s1026" style="position:absolute;margin-left:85pt;margin-top:12.6pt;width:2in;height:.1pt;z-index:-15717376;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="1828800,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC+70yHIQIAAIMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P0zAQvSPxHyzfaZIelhI1XaGtFiGt&#10;dlfaIs6u4zQRjseM3Sbl1zN2PlrKDdGDNfa8jN+8N+76vm81Oyl0DZiCZ4uUM2UklI05FPzb7vHD&#10;ijPnhSmFBqMKflaO32/ev1t3NldLqEGXChkVMS7vbMFr722eJE7WqhVuAVYZSlaArfC0xUNSouio&#10;equTZZreJR1gaRGkco5Ot0OSb2L9qlLSv1SVU57pghM3H1eM6z6syWYt8gMKWzdypCH+gUUrGkOX&#10;zqW2wgt2xOavUm0jERxUfiGhTaCqGqliD9RNlt5081YLq2IvJI6zs0zu/5WVz6c3+4qBurNPIH84&#10;UiTprMvnTNi4EdNX2AYsEWd9VPE8q6h6zyQdZqvlapWS2JJy2fJjFDkR+fStPDr/RUGsI05Pzg8e&#10;lFMk6imSvZlCJCeDhzp66DkjD5Ez8nA/eGiFD98FciFk3YVIOGvhpHYQs/6GOVG7ZLW5Rs2tTF0S&#10;dkBQEK4hrYYgXk3xdXPaBBaf7tIsjoYD3ZSPjdaBhcPD/kEjO4kwmPEX+qAKf8AsOr8Vrh5wMTXC&#10;tBl9GqwJJu2hPL9SSYX+hZZKA10vdWM5qwF/3Z51NPUFdz+PAhVn+quhsQpPZApwCvZTgF4/QHxI&#10;UUjituu/C7Qs0Cy4pwl4hmloRT6ZGySaseFLA5+PHqomOB9nbWA+bmjSoxDjqwxP6XofUZf/js1v&#10;AAAA//8DAFBLAwQUAAYACAAAACEAG0RqEN4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7D&#10;MBBE70j8g7VIvVGnaRqqEKdCIC4coLRcenPiJUmJ11HspoGvZ3uC48yOZt/km8l2YsTBt44ULOYR&#10;CKTKmZZqBR/759s1CB80Gd05QgXf6GFTXF/lOjPuTO847kItuIR8phU0IfSZlL5q0Go/dz0S3z7d&#10;YHVgOdTSDPrM5baTcRSl0uqW+EOje3xssPranayC48t4IJcm5fanP+ynJ0fp69tSqdnN9HAPIuAU&#10;/sJwwWd0KJipdCcyXnSs7yLeEhTEqxgEB5LVmo3yYiQgi1z+X1D8AgAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAL7vTIchAgAAgwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhABtEahDeAAAACQEAAA8AAAAAAAAAAAAAAAAAewQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;" path="m,l1828800,e" filled="f" strokeweight=".26669mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00DB28CE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6646">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(Vardas ir pavardė)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E1AB285" w14:textId="77777777" w:rsidR="00DB28CE" w:rsidRDefault="00DB28CE" w:rsidP="008E6646">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F6EBDAF" w14:textId="1BC70BC1" w:rsidR="008E6646" w:rsidRPr="008E6646" w:rsidRDefault="008E6646" w:rsidP="008E6646">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6646">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487600128" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="34C76830" wp14:editId="2E94DAA0">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>1079500</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>170180</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1828800" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="1062286760" name="Laisva forma: figūra 25"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1828800" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="1828800">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="1828800" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="9601">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="026737B5" id="Laisva forma: figūra 25" o:spid="_x0000_s1026" style="position:absolute;margin-left:85pt;margin-top:13.4pt;width:2in;height:.1pt;z-index:-15716352;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="1828800,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC+70yHIQIAAIMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P0zAQvSPxHyzfaZIelhI1XaGtFiGt&#10;dlfaIs6u4zQRjseM3Sbl1zN2PlrKDdGDNfa8jN+8N+76vm81Oyl0DZiCZ4uUM2UklI05FPzb7vHD&#10;ijPnhSmFBqMKflaO32/ev1t3NldLqEGXChkVMS7vbMFr722eJE7WqhVuAVYZSlaArfC0xUNSouio&#10;equTZZreJR1gaRGkco5Ot0OSb2L9qlLSv1SVU57pghM3H1eM6z6syWYt8gMKWzdypCH+gUUrGkOX&#10;zqW2wgt2xOavUm0jERxUfiGhTaCqGqliD9RNlt5081YLq2IvJI6zs0zu/5WVz6c3+4qBurNPIH84&#10;UiTprMvnTNi4EdNX2AYsEWd9VPE8q6h6zyQdZqvlapWS2JJy2fJjFDkR+fStPDr/RUGsI05Pzg8e&#10;lFMk6imSvZlCJCeDhzp66DkjD5Ez8nA/eGiFD98FciFk3YVIOGvhpHYQs/6GOVG7ZLW5Rs2tTF0S&#10;dkBQEK4hrYYgXk3xdXPaBBaf7tIsjoYD3ZSPjdaBhcPD/kEjO4kwmPEX+qAKf8AsOr8Vrh5wMTXC&#10;tBl9GqwJJu2hPL9SSYX+hZZKA10vdWM5qwF/3Z51NPUFdz+PAhVn+quhsQpPZApwCvZTgF4/QHxI&#10;UUjituu/C7Qs0Cy4pwl4hmloRT6ZGySaseFLA5+PHqomOB9nbWA+bmjSoxDjqwxP6XofUZf/js1v&#10;AAAA//8DAFBLAwQUAAYACAAAACEAUB6d6N4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7D&#10;MBBE70j8g7WVuFG7paRViFMhEBcOBVouvTnxNkmJ11HspqFfz3KC48yOZudl69G1YsA+NJ40zKYK&#10;BFLpbUOVhs/dy+0KRIiGrGk9oYZvDLDOr68yk1p/pg8ctrESXEIhNRrqGLtUylDW6EyY+g6Jbwff&#10;OxNZ9pW0vTlzuWvlXKlEOtMQf6hNh081ll/bk9NwfB325JNF8X7p9rvx2VOyebvT+mYyPj6AiDjG&#10;vzD8zufpkPOmwp/IBtGyXipmiRrmCSNwYHG/YqNgY6lA5pn8T5D/AAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAL7vTIchAgAAgwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAFAenejeAAAACQEAAA8AAAAAAAAAAAAAAAAAewQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;" path="m,l1828800,e" filled="f" strokeweight=".26669mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="366FC5DB" w14:textId="2E9DAFC3" w:rsidR="008E6646" w:rsidRPr="008E6646" w:rsidRDefault="008E6646" w:rsidP="008E6646">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6646">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(Data)</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="2BAACE82" w14:textId="77777777" w:rsidR="00007197" w:rsidRDefault="00007197">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="52C10BE5" w14:textId="77777777" w:rsidR="00007197" w:rsidRDefault="009B45E9">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:spacing w:before="75"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="lt-LT"/>
@@ -24006,117 +24543,117 @@
     <w:p w14:paraId="687A0333" w14:textId="77777777" w:rsidR="00007197" w:rsidRDefault="009B45E9">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>(Data)</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00007197">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11910" w:h="16840"/>
       <w:pgMar w:top="1040" w:right="0" w:bottom="280" w:left="1440" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="1296"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="62B6D306" w14:textId="77777777" w:rsidR="000D4CB8" w:rsidRDefault="000D4CB8">
+    <w:p w14:paraId="501895F9" w14:textId="77777777" w:rsidR="00072849" w:rsidRDefault="00072849">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="646B7F21" w14:textId="77777777" w:rsidR="000D4CB8" w:rsidRDefault="000D4CB8">
+    <w:p w14:paraId="25CF7245" w14:textId="77777777" w:rsidR="00072849" w:rsidRDefault="00072849">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="63A70073" w14:textId="77777777" w:rsidR="000D4CB8" w:rsidRDefault="000D4CB8">
+    <w:p w14:paraId="3BD3B171" w14:textId="77777777" w:rsidR="00072849" w:rsidRDefault="00072849">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="77B36485" w14:textId="77777777" w:rsidR="000D4CB8" w:rsidRDefault="000D4CB8">
+    <w:p w14:paraId="30A253E0" w14:textId="77777777" w:rsidR="00072849" w:rsidRDefault="00072849">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4CE0B4E8" w14:textId="77777777" w:rsidR="00007197" w:rsidRDefault="009B45E9">
     <w:pPr>
       <w:pStyle w:val="Pagrindinistekstas"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:ind w:left="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:lang w:eastAsia="lt-LT"/>
@@ -24386,51 +24923,51 @@
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="69DCD8A9" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textbox 4" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:320.15pt;margin-top:27.65pt;width:13pt;height:15.3pt;z-index:-16018432;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCh0WailgEAACEDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsGO0zAQvSPxD5bvNMkCK4iaroAVCGkF&#10;Ky37Aa5jNxaxx8y4Tfr3jL1pi+C24mKPPeM3773x+mb2ozgYJAehk82qlsIEDb0Lu04+/vj86p0U&#10;lFTo1QjBdPJoSN5sXr5YT7E1VzDA2BsUDBKonWInh5RiW1WkB+MVrSCawEkL6FXiI+6qHtXE6H6s&#10;rur6upoA+4igDRHf3j4l5abgW2t0+m4tmSTGTjK3VFYs6zav1Wat2h2qODi90FDPYOGVC9z0DHWr&#10;khJ7dP9AeacRCGxaafAVWOu0KRpYTVP/peZhUNEULWwOxbNN9P9g9bfDQ7xHkeaPMPMAiwiKd6B/&#10;EntTTZHapSZ7Si1xdRY6W/R5ZwmCH7K3x7OfZk5CZ7Trt03NGc2p5v2b103xu7o8jkjpiwEvctBJ&#10;5HEVAupwRym3V+2pZOHy1D4TSfN2Fq7PnLky32yhP7KUiafZSfq1V2ikGL8GtiuP/hTgKdieAkzj&#10;JygfJCsK8GGfwLpC4IK7EOA5FF7Ln8mD/vNcqi4/e/MbAAD//wMAUEsDBBQABgAIAAAAIQAHw9rs&#10;3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLAHWaCtNpwnBCQnRlQPH&#10;tMnaaI1Tmmzr3h5zgpNt+dPvz8Vm9gM72Sm6gAruFwKYxTYYh52Cz/r1bgUsJo1GDwGtgouNsCmv&#10;rwqdm3DGyp52qWMUgjHXCvqUxpzz2PbW67gIo0Xa7cPkdaJx6riZ9JnC/cAfhJDca4d0odejfe5t&#10;e9gdvYLtF1Yv7vu9+aj2lavrtcA3eVDq9mbePgFLdk5/MPzqkzqU5NSEI5rIBgVyKR4JVZBlVAmQ&#10;UlLTKFhla+Blwf9/UP4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAodFmopYBAAAhAwAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAB8Pa7N4AAAAJ&#10;AQAADwAAAAAAAAAAAAAAAADwAwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAPsEAAAA&#10;AA==&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="0CF94ECA" w14:textId="77777777" w:rsidR="00007197" w:rsidRDefault="009B45E9">
                     <w:pPr>
-                      <w:pStyle w:val="BodyText"/>
+                      <w:pStyle w:val="Pagrindinistekstas"/>
                       <w:spacing w:before="10"/>
                       <w:ind w:left="60"/>
                       <w:jc w:val="left"/>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-10"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="begin"/>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-10"/>
                       </w:rPr>
                       <w:instrText xml:space="preserve"> PAGE </w:instrText>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-10"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
                     <w:r w:rsidR="00A6775B">
                       <w:rPr>
                         <w:noProof/>
@@ -24464,51 +25001,50 @@
       <w:pStyle w:val="Pagrindinistekstas"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:ind w:left="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:sz w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="113010DD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="42C60FCC"/>
     <w:lvl w:ilvl="0" w:tplc="6AC81826">
       <w:start w:val="2"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4667" w:hanging="245"/>
-        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="-3"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="CC20A782">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5240" w:hanging="245"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
@@ -24587,51 +25123,50 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="AB6862D6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9303" w:hanging="245"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="14F371FA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B4F80EE0"/>
     <w:lvl w:ilvl="0" w:tplc="220218D0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="345" w:hanging="240"/>
-        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="631EFA1E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1258" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
@@ -24831,51 +25366,50 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08D67E1A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6580" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="45C021CE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="16BA64FE"/>
     <w:lvl w:ilvl="0" w:tplc="032CF7E2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="408" w:hanging="303"/>
-        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="50C284F8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="105" w:hanging="207"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
@@ -25107,51 +25641,50 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="259" w:hanging="284"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="259" w:hanging="437"/>
-        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1560" w:hanging="437"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
@@ -25259,65 +25792,71 @@
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00007197"/>
     <w:rsid w:val="00007197"/>
     <w:rsid w:val="0004167E"/>
+    <w:rsid w:val="00072849"/>
     <w:rsid w:val="000D4CB8"/>
     <w:rsid w:val="0035524A"/>
     <w:rsid w:val="003E1462"/>
     <w:rsid w:val="00454491"/>
     <w:rsid w:val="00561CC5"/>
+    <w:rsid w:val="0057717A"/>
     <w:rsid w:val="00794962"/>
     <w:rsid w:val="0085094A"/>
+    <w:rsid w:val="00883084"/>
     <w:rsid w:val="008D32D6"/>
+    <w:rsid w:val="008E6646"/>
     <w:rsid w:val="009B45E9"/>
     <w:rsid w:val="009E0FBA"/>
     <w:rsid w:val="00A6775B"/>
+    <w:rsid w:val="00BC5286"/>
     <w:rsid w:val="00C10382"/>
     <w:rsid w:val="00C70AB8"/>
     <w:rsid w:val="00CA1DB3"/>
     <w:rsid w:val="00D45243"/>
+    <w:rsid w:val="00DB28CE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="6EA454DD"/>
@@ -26084,75 +26623,75 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>12</Pages>
-  <Words>20173</Words>
-  <Characters>11499</Characters>
+  <Words>20306</Words>
+  <Characters>11575</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>95</Lines>
+  <Lines>96</Lines>
   <Paragraphs>63</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>31609</CharactersWithSpaces>
+  <CharactersWithSpaces>31818</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>lrvk</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2025-01-11T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Word 2016</vt:lpwstr>
   </property>